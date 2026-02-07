--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -88,121 +88,122 @@
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Product Overview</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116A42A0" w14:textId="77777777" w:rsidR="00165A03" w:rsidRPr="00B00011" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="348AA6C7" w14:textId="12C2A4B3" w:rsidR="00165A03" w:rsidRPr="00B00011" w:rsidRDefault="00943910" w:rsidP="00165A03">
+    <w:p w14:paraId="348AA6C7" w14:textId="1F55FACD" w:rsidR="00165A03" w:rsidRPr="00B00011" w:rsidRDefault="00943910" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GOMEKLI</w:t>
       </w:r>
+      <w:r w:rsidR="00791D35" w:rsidRPr="00264A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidR="00791D35" w:rsidRPr="00B00011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00823761" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>™ (mirdametinib)</w:t>
+        <w:t>(mirdametinib)</w:t>
       </w:r>
       <w:r w:rsidR="00612EAE" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE557A" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is the </w:t>
       </w:r>
       <w:r w:rsidR="00A63599" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FIRST </w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">ONLY </w:t>
       </w:r>
       <w:r w:rsidR="00DE557A" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>treatment approved</w:t>
       </w:r>
       <w:r w:rsidR="00413511" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r w:rsidR="007E4C2A" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -523,51 +524,51 @@
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Disease Overview</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67795F60" w14:textId="77777777" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A84495" w14:textId="58DAF1D8" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00DE557A" w:rsidP="00165A03">
+    <w:p w14:paraId="76A84495" w14:textId="0BAED160" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00DE557A" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eurofibromatosis type 1 (NF1)</w:t>
       </w:r>
       <w:r w:rsidR="00612EAE">
         <w:rPr>
@@ -579,57 +580,65 @@
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is a </w:t>
       </w:r>
       <w:r w:rsidR="0093567F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rare, genetic</w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00002B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>progressive</w:t>
+      </w:r>
       <w:r w:rsidR="0093567F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">incurable, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">neuro-oncology disease that </w:t>
       </w:r>
       <w:r w:rsidR="0093567F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>impacts both adult and pediatric patients.</w:t>
       </w:r>
       <w:r w:rsidR="00773340">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
@@ -722,260 +731,298 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B542D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plexiform neurofibromas</w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a common clinical manifestation of NF1, are highly invasive peripheral nerve sheath tumors </w:t>
+        <w:t xml:space="preserve">, a common clinical manifestation of NF1, are invasive peripheral nerve sheath tumors </w:t>
       </w:r>
       <w:r w:rsidR="00F57A28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>that may cause significant morbidities that are debilitating, and</w:t>
+        <w:t xml:space="preserve">that may cause significant morbidities that </w:t>
+      </w:r>
+      <w:r w:rsidR="00002B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can be </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>debilitating, and</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0093567F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are found</w:t>
       </w:r>
       <w:r w:rsidR="0093567F" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in approximately 30%-50% of patients with NF1.</w:t>
       </w:r>
       <w:r w:rsidR="00773340">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="0093567F" w:rsidRPr="00C8061D">
+      <w:r w:rsidR="00145571">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t>-6,</w:t>
+      </w:r>
+      <w:r w:rsidR="00773340">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Patients with NF1-PN </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">experience </w:t>
+      </w:r>
+      <w:r w:rsidR="00002B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:r w:rsidR="00002B1F" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>morbidit</w:t>
+      </w:r>
+      <w:r w:rsidR="00002B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including severe pain, disfigurement, impaired physical function, </w:t>
+      </w:r>
+      <w:r w:rsidR="00413511">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73D9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>internal organ</w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compression.</w:t>
+      </w:r>
+      <w:r w:rsidR="00773340">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="0093567F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidR="00773340">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...6 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90004" w:rsidRPr="00811636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Malignant peripheral nerve sheath tumors (MPNSTs) arise from PN</w:t>
+      </w:r>
+      <w:r w:rsidR="00322B60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00773340">
-[...6 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00413511">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Patients with NF1-PN </w:t>
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> occur in up to 16% of adult patients with NF1</w:t>
+        <w:t>occur in up to 16% of adult patients with NF1</w:t>
       </w:r>
       <w:r w:rsidR="00E24243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00165A03" w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are associated with a 5-year overall survival rate of up to 50%.</w:t>
       </w:r>
       <w:r w:rsidR="0093567F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -1430,89 +1477,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CD3B0F5" w14:textId="7642E2CA" w:rsidR="00165A03" w:rsidRPr="007957DC" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007957DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Drug Class</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70388184" w14:textId="644DBCD3" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00165A03" w:rsidP="00165A03">
+    <w:p w14:paraId="70388184" w14:textId="6E27DC14" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E6575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Antineoplastic</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t>Mitogen-Activated Protein Kinase (MEK) Inhibitor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CD8EFA" w14:textId="77777777" w:rsidR="00165A03" w:rsidRPr="006E6575" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DD79CB7" w14:textId="7F03534B" w:rsidR="00A67CF1" w:rsidRDefault="00A67CF1" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1560,110 +1583,85 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dispersible tablets for oral suspension: 1 mg </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CD8E50" w14:textId="77777777" w:rsidR="00826468" w:rsidRDefault="00826468" w:rsidP="00826468">
       <w:pPr>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F4B3C9C" w14:textId="77777777" w:rsidR="00773340" w:rsidRDefault="00773340" w:rsidP="00826468">
+    <w:p w14:paraId="76C12053" w14:textId="77777777" w:rsidR="00773340" w:rsidRDefault="00773340" w:rsidP="00826468">
       <w:pPr>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4262746D" w14:textId="77777777" w:rsidR="00773340" w:rsidRDefault="00773340" w:rsidP="00826468">
+    <w:p w14:paraId="6B51F017" w14:textId="0C42B908" w:rsidR="00826468" w:rsidRPr="00B00011" w:rsidRDefault="008A403A" w:rsidP="00826468">
       <w:pPr>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>INDICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41749765" w14:textId="44FF3E1C" w:rsidR="00826468" w:rsidRPr="00B00011" w:rsidRDefault="00826468" w:rsidP="00826468">
       <w:pPr>
         <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GOMEKLI </w:t>
       </w:r>
       <w:r w:rsidR="0051338C" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1802,290 +1800,208 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ocular Toxicity: </w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">GOMEKLI can cause ocular toxicity including retinal vein occlusion (RVO), retinal pigment epithelium detachment (RPED), and blurred vision. In the adult pooled safety population, ocular toxicity occurred in 28% of patients treated with GOMEKLI: 21% were Grade 1, 5% were </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 2 and 1.3% were Grade 3. RVO occurred in 2.7%, RPED occurred</w:t>
+        <w:t>GOMEKLI can cause ocular toxicity including retinal vein occlusion (RVO), retinal pigment epithelium detachment (RPED), and blurred vision. In the adult pooled safety population, ocular toxicity occurred in 28% of patients treated with GOMEKLI: 21% were Grade 1, 5% were Grade 2 and 1.3% were Grade 3. RVO occurred in 2.7%, RPED occurred</w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in 1.3%, and blurred vision occurred in 9% of adult patients. In the pediatric pooled safety population, ocular toxicity occurred in 19% of patients: 17% were </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> in 1.3%, and blurred vision occurred in 9% of adult patients. In the pediatric pooled safety population, ocular toxicity occurred in 19% of patients: 17% were Grade 1 and 1.7% were Grade 2. Conduct comprehensive ophthalmic assessments prior to initiating GOMEKLI, at regular intervals during treatment, and to evaluate any new or worsening visual changes such as blurred vision. Continue, withhold, reduce the dose, or permanently discontinue GOMEKLI as clinically indicated.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0D59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55279446" w14:textId="52FE35D8" w:rsidR="00B847B8" w:rsidRDefault="00B847B8" w:rsidP="001C74B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Left Ventricular Dysfunction:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grade</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
+        <w:t>GOMEKLI can cause left ventricular dysfunction. GOMEKLI has not been studied in patients with a history of clinically significant cardiac disease or LVEF &lt;55% prior to initiation of treatment. In the ReNeu study, decreased LVEF of 10 to &lt;20% occurred in 16% of adult patients treated with GOMEKLI. Five patients (9%) required dose interruption, one patient (1.7%) required a dose reduction, and one patient required permanent discontinuation of GOMEKLI. The median time to first onset of decreased LVEF in adult patients was 70 days. Decreased LVEF of 10 to &lt;20% occurred in 25%, and decreased LVEF of ≥20% occurred in 1.8% of pediatric patients treated with GOMEKLI. One patient (1.8%) required dose interruption of GOMEKLI. The median time to first onset of decreased LVEF in pediatric patients was 132 days. All patients with decreased LVEF were identified during routine echocardiography,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B76B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 and 1.7% were Grade 2. Conduct comprehensive ophthalmic assessments prior to initiating GOMEKLI, at regular intervals during treatment, and to evaluate any new or worsening visual changes such as blurred vision. Continue, withhold, reduce the dose, or permanently discontinue GOMEKLI as clinically indicated.</w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>GOMEKLI can cause left ventricular dysfunction. GOMEKLI has not been studied in patients with a history of clinically significant cardiac disease or LVEF &lt;55% prior to initiation of treatment. In the ReNeu study, decreased LVEF of 10 to &lt;20% occurred in 16% of adult patients treated with GOMEKLI. Five patients (9%) required dose interruption, one patient (1.7%) required a dose reduction, and one patient required permanent discontinuation of GOMEKLI. The median time to first onset of decreased LVEF in adult patients was 70 days. Decreased LVEF of 10 to &lt;20% occurred in 25%, and decreased LVEF of ≥20% occurred in 1.8% of pediatric patients treated with GOMEKLI. One patient (1.8%) required dose interruption of GOMEKLI. The median time to first onset of decreased LVEF in pediatric patients was 132 days. All patients with decreased LVEF were identified during routine echocardiography,</w:t>
+        <w:t>and decreased LVEF resolved in 75% of patients. Before initiating GOMEKLI, assess ejection fraction (EF) by echocardiogram. Monitor EF every 3 months during the first year and then as clinicall</w:t>
       </w:r>
       <w:r w:rsidR="000B76B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>and decreased LVEF resolved in 75% of patients. Before initiating GOMEKLI, assess ejection fraction (EF) by echocardiogram. Monitor EF every 3 months during the first year and then as clinicall</w:t>
+        <w:t>indicated</w:t>
       </w:r>
       <w:r w:rsidR="000B76B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>indicated</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B76B5">
+        <w:t>Withhold, reduce the dose, or permanently discontinue GOMEKLI based on severity of adverse reaction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71151D56" w14:textId="0DB13E11" w:rsidR="00B847B8" w:rsidRPr="007E4C2A" w:rsidRDefault="00B847B8" w:rsidP="00B847B8">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dermatologic Adverse Reactions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0034767A" w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Withhold, reduce the dose, or permanently discontinue GOMEKLI based on severity of adverse reaction.</w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> 2 and 3.4% were Grade 3) and resulted in permanent discontinuation in 3.4% of patients. Initiate supportive care at first signs of dermatologic adverse reactions. Withhold, reduce the dose, or permanently discontinue GOMEKLI based on severity of adverse reaction.</w:t>
+        <w:t>GOMEKLI can cause dermatologic adverse reactions including rash. The most frequent rashes included dermatitis acneiform, rash, eczema, maculo-papular rash and pustular rash. In the pooled adult safety population, rash occurred in 92% of patients treated with GOMEKLI (37% were Grade 2 and 8% were Grade 3) and resulted in permanent discontinuation in 11% of patients. In the pooled pediatric safety population, rash occurred in 72% of patients treated with GOMEKLI (22% were Grade 2 and 3.4% were Grade 3) and resulted in permanent discontinuation in 3.4% of patients. Initiate supportive care at first signs of dermatologic adverse reactions. Withhold, reduce the dose, or permanently discontinue GOMEKLI based on severity of adverse reaction.</w:t>
       </w:r>
       <w:r w:rsidR="00BE0D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00BE0D59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007E4C2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Embryo-Fetal Toxicity:</w:t>
       </w:r>
       <w:r w:rsidRPr="007E4C2A">
         <w:rPr>
@@ -2132,75 +2048,75 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ADVERSE REACTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A646EB3" w14:textId="77777777" w:rsidR="0034767A" w:rsidRPr="00CA032D" w:rsidRDefault="0034767A" w:rsidP="0034767A">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="160" w:line="251" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The most common adverse reactions (&gt;25%) in adult patients were rash (90%), diarrhea (59%), nausea (52%), musculoskeletal pain (41%), vomiting (38%), and fatigue (29%). Serious adverse reactions occurred in 17% of adult patients who received GOMEKLI. The most common Grade 3 or 4 laboratory abnormality (&gt;2%) was increased creatine phosphokinase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589E434C" w14:textId="4163CA71" w:rsidR="00B847B8" w:rsidRDefault="0034767A" w:rsidP="00CA032D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="120" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA032D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The most common adverse reactions (&gt;25%) in pediatric patients were rash (73%), diarrhea (55%), musculoskeletal pain (41%), abdominal pain (39%), vomiting (39%), headache (34%), paronychia (32%), left ventricular dysfunction (27%), and nausea (27%). Serious adverse reactions occurred in 14% of pediatric patients who received GOMEKLI. The most common Grade 3 or 4 laboratory abnormalities (&gt;2%) were decreased neutrophil count and increased creatine phosphokinase. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274A99D2" w14:textId="77777777" w:rsidR="00B847B8" w:rsidRPr="00CA032D" w:rsidRDefault="00B847B8" w:rsidP="00826468">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11322C" w:themeColor="background1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19C198F0" w14:textId="77777777" w:rsidR="00B847B8" w:rsidRPr="00B847B8" w:rsidRDefault="00B847B8" w:rsidP="00B847B8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="120" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="-14"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -2329,51 +2245,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E071022" w14:textId="77777777" w:rsidR="00612EAE" w:rsidRDefault="00612EAE" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E7A2D30" w14:textId="77777777" w:rsidR="00612EAE" w:rsidRDefault="00612EAE" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A54708E" w14:textId="383C9F89" w:rsidR="00F57A28" w:rsidRPr="00DD121A" w:rsidRDefault="00165A03" w:rsidP="00165A03">
+    <w:p w14:paraId="0A54708E" w14:textId="3E2499A4" w:rsidR="00F57A28" w:rsidRPr="00DD121A" w:rsidRDefault="00165A03" w:rsidP="00165A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">References: 1. </w:t>
       </w:r>
       <w:r w:rsidR="008653CE" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -2428,186 +2344,256 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0093567F" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>SpringWorks Therapeutics, Inc.</w:t>
       </w:r>
       <w:r w:rsidR="005C1F9E" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00362CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD7" w:rsidRPr="00B00011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD7" w:rsidRPr="00B00011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SpringWorks Therapeutics. Accessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>October 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD7" w:rsidRPr="00B00011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, 2025. https://ir.springworkstx.com/news-releases/news-release-details/springworks-therapeutics-announces-fda-approval-gomeklitm</w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
       <w:r w:rsidR="005C1F9E" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>2.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Referenced with permission from the NCCN Clinical Practice Guidelines in Oncology (NCCN Guidelines</w:t>
       </w:r>
       <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">) for Central Nervous System Cancers V.5.2024. © National Comprehensive Cancer Network, Inc. 2025. All rights reserved. Accessed April </w:t>
+        <w:t>) for Central Nervous System Cancers V.</w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. © National Comprehensive Cancer Network, Inc. 2025. All rights reserved. Accessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>October 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00553634" w:rsidRPr="00DD121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>, 2025. To view the most recent and complete version of the guideline, go online to NCCN.org. NCCN makes no warranties of any kind whatsoever regarding their content, use or application and disclaims any responsibility for their application or use in any way.</w:t>
       </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="standardContextual"/>
-        </w:rPr>
-[...66 lines deleted...]
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0093567F" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2705,50 +2691,59 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">et al. </w:t>
       </w:r>
       <w:r w:rsidR="0093567F" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>J Pediatr</w:t>
       </w:r>
       <w:r w:rsidR="0093567F" w:rsidRPr="00B00011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2012;160(3):461-467. </w:t>
       </w:r>
+      <w:r w:rsidR="00145571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2793,119 +2788,179 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Centers for Medicare &amp; Medicaid Services. Accessed December 16, 2024. https://www.cms.gov/medicare-coverage-database/view/article.aspx?articleId=59125&amp;ver=26</w:t>
+        <w:t xml:space="preserve">Centers for Medicare &amp; Medicaid Services. Accessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>October 8, 2025</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF" w:rsidRPr="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://www.cms.gov/medicare-coverage-database/view/article.aspx?articleId=59491&amp;ver=7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="00D10096">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Centers for Medicare and Medicaid Services. Accessed </w:t>
+        <w:t xml:space="preserve">Centers for </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Disease Control and Prevention</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57A28" w:rsidRPr="00D10096">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Accessed </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidR="00CF5433">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>May 8, 2025</w:t>
+        <w:t>8, 2025</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="00D10096">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>. https://www.cms.gov/files/zip/2024-code-tables-tabular-andindex-updated-02/01/2024.zip</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00096ADF" w:rsidRPr="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://www.cdc.gov/nchs/icd/icd-10-cm/files.html</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00553634">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00F57A28" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -3034,57 +3089,65 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Children’s Tumor Foundation. Accessed </w:t>
       </w:r>
+      <w:r w:rsidR="00096ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">October </w:t>
+      </w:r>
       <w:r w:rsidR="00844897">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>May 8, 2025</w:t>
+        <w:t>8, 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. https://www.ctf.org/news/new-and-improved-the-way-to-talk-about-nf/</w:t>
       </w:r>
       <w:r w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C1F9E" w:rsidRPr="005C1F9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -3332,202 +3395,211 @@
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00943910" w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> SpringWorks Therapeutics, Inc. All rights reserved. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2075A2" w14:textId="388C58D4" w:rsidR="00413511" w:rsidRDefault="00413511" w:rsidP="001F4E7B">
+    <w:p w14:paraId="7B2075A2" w14:textId="4D6C8BDF" w:rsidR="00413511" w:rsidRDefault="00413511" w:rsidP="001F4E7B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>GOMEKLI is a trademark of SpringWorks Therapeutics, Inc.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">GOMEKLI is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00791D35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B95690">
+        <w:t xml:space="preserve">registered </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>C_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00943910" w:rsidRPr="00B95690">
+        <w:t>trademark of SpringWorks Therapeutics, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3CFD58" w14:textId="755E9336" w:rsidR="008A70DC" w:rsidRPr="00B95690" w:rsidRDefault="00165A03" w:rsidP="001F4E7B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>GOM</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>_US_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0080629F">
+        <w:t>C_</w:t>
+      </w:r>
+      <w:r w:rsidR="00943910" w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>0015</w:t>
+        <w:t>GOM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
+        <w:t>_US_</w:t>
+      </w:r>
+      <w:r w:rsidR="0080629F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>0015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95690">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00413511">
+      <w:r w:rsidR="00791D35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="11322C" w:themeColor="background1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...10 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>/2</w:t>
       </w:r>
       <w:r w:rsidR="00943910" w:rsidRPr="00B95690">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008A70DC" w:rsidRPr="00B95690" w:rsidSect="00811636">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="864" w:bottom="806" w:left="864" w:header="1008" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E045B26" w14:textId="77777777" w:rsidR="00021FFD" w:rsidRDefault="00021FFD" w:rsidP="00B712E1">
+    <w:p w14:paraId="4E8FBB23" w14:textId="77777777" w:rsidR="007E6869" w:rsidRDefault="007E6869" w:rsidP="00B712E1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58DA85C7" w14:textId="77777777" w:rsidR="00021FFD" w:rsidRDefault="00021FFD" w:rsidP="00B712E1">
+    <w:p w14:paraId="734FE2B0" w14:textId="77777777" w:rsidR="007E6869" w:rsidRDefault="007E6869" w:rsidP="00B712E1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3544,93 +3616,91 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="595037D1" w14:textId="77777777" w:rsidR="00021FFD" w:rsidRDefault="00021FFD" w:rsidP="00B712E1">
+    <w:p w14:paraId="4C3D1F67" w14:textId="77777777" w:rsidR="007E6869" w:rsidRDefault="007E6869" w:rsidP="00B712E1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D97D78F" w14:textId="77777777" w:rsidR="00021FFD" w:rsidRDefault="00021FFD" w:rsidP="00B712E1">
+    <w:p w14:paraId="45164602" w14:textId="77777777" w:rsidR="007E6869" w:rsidRDefault="007E6869" w:rsidP="00B712E1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36550E9C" w14:textId="77777777" w:rsidR="00B712E1" w:rsidRDefault="00B712E1" w:rsidP="00960941">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06F64D2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E594E386"/>
@@ -4655,314 +4725,337 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1910378952">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1648707095">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1934700228">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1882863453">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="172575528">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="274600617">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="145"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B712E1"/>
+    <w:rsid w:val="00002B1F"/>
+    <w:rsid w:val="0000359D"/>
     <w:rsid w:val="000102FA"/>
     <w:rsid w:val="00011699"/>
     <w:rsid w:val="0001204D"/>
     <w:rsid w:val="00021FFD"/>
     <w:rsid w:val="000264A7"/>
     <w:rsid w:val="000353AC"/>
     <w:rsid w:val="0005292D"/>
     <w:rsid w:val="00057A6E"/>
     <w:rsid w:val="0006645A"/>
     <w:rsid w:val="000833B0"/>
+    <w:rsid w:val="00085FFA"/>
     <w:rsid w:val="00090E08"/>
+    <w:rsid w:val="00096ADF"/>
     <w:rsid w:val="000A5CEA"/>
     <w:rsid w:val="000B4436"/>
     <w:rsid w:val="000B6758"/>
     <w:rsid w:val="000B76B5"/>
     <w:rsid w:val="000B799B"/>
     <w:rsid w:val="000C4A7F"/>
     <w:rsid w:val="000C4DAC"/>
     <w:rsid w:val="000E5259"/>
     <w:rsid w:val="000F513E"/>
     <w:rsid w:val="00112952"/>
     <w:rsid w:val="00113832"/>
     <w:rsid w:val="00121BF1"/>
+    <w:rsid w:val="00145571"/>
     <w:rsid w:val="00154ABB"/>
     <w:rsid w:val="00165A03"/>
     <w:rsid w:val="00166F6C"/>
     <w:rsid w:val="00181929"/>
     <w:rsid w:val="0018793D"/>
     <w:rsid w:val="001A6B79"/>
     <w:rsid w:val="001B09C0"/>
     <w:rsid w:val="001B327C"/>
     <w:rsid w:val="001B65F1"/>
     <w:rsid w:val="001C021B"/>
     <w:rsid w:val="001C74B5"/>
     <w:rsid w:val="001D7354"/>
     <w:rsid w:val="001F3EF8"/>
     <w:rsid w:val="001F4E7B"/>
+    <w:rsid w:val="00215A64"/>
     <w:rsid w:val="00225032"/>
     <w:rsid w:val="0024586C"/>
     <w:rsid w:val="0025353B"/>
     <w:rsid w:val="00257044"/>
+    <w:rsid w:val="00264A2E"/>
+    <w:rsid w:val="00277CF8"/>
     <w:rsid w:val="002A1725"/>
     <w:rsid w:val="002A2767"/>
     <w:rsid w:val="002C56BF"/>
     <w:rsid w:val="002D7F45"/>
     <w:rsid w:val="002E399F"/>
     <w:rsid w:val="002F2AED"/>
     <w:rsid w:val="002F5888"/>
     <w:rsid w:val="00300CC3"/>
     <w:rsid w:val="00301CF2"/>
     <w:rsid w:val="00322B60"/>
     <w:rsid w:val="0034767A"/>
     <w:rsid w:val="00356DE8"/>
+    <w:rsid w:val="00362CD7"/>
     <w:rsid w:val="00366ED9"/>
     <w:rsid w:val="00375C7E"/>
     <w:rsid w:val="003932FC"/>
     <w:rsid w:val="003A1F12"/>
     <w:rsid w:val="003B7C22"/>
     <w:rsid w:val="003F4A27"/>
     <w:rsid w:val="003F537C"/>
     <w:rsid w:val="004118C6"/>
     <w:rsid w:val="00413511"/>
     <w:rsid w:val="004315DC"/>
     <w:rsid w:val="0045619E"/>
     <w:rsid w:val="00460E3B"/>
     <w:rsid w:val="00470456"/>
     <w:rsid w:val="00480E45"/>
     <w:rsid w:val="00490830"/>
     <w:rsid w:val="0049145B"/>
     <w:rsid w:val="004B1D2E"/>
     <w:rsid w:val="004B542D"/>
     <w:rsid w:val="004B693C"/>
+    <w:rsid w:val="004C0864"/>
     <w:rsid w:val="004C571E"/>
     <w:rsid w:val="004D36A7"/>
     <w:rsid w:val="004D5E3D"/>
     <w:rsid w:val="004E2F38"/>
     <w:rsid w:val="004F1264"/>
     <w:rsid w:val="0050273B"/>
     <w:rsid w:val="0051338C"/>
     <w:rsid w:val="005133BB"/>
     <w:rsid w:val="0051668C"/>
     <w:rsid w:val="005235DB"/>
     <w:rsid w:val="0052587E"/>
     <w:rsid w:val="0053054F"/>
+    <w:rsid w:val="005433BA"/>
     <w:rsid w:val="00553634"/>
     <w:rsid w:val="0055528F"/>
     <w:rsid w:val="0059454B"/>
     <w:rsid w:val="00597F1D"/>
     <w:rsid w:val="005A589B"/>
     <w:rsid w:val="005B2C6B"/>
     <w:rsid w:val="005B3DD7"/>
     <w:rsid w:val="005C1F9E"/>
     <w:rsid w:val="005C40DE"/>
     <w:rsid w:val="005E3D62"/>
     <w:rsid w:val="005E6CDE"/>
     <w:rsid w:val="005F5099"/>
     <w:rsid w:val="005F53AD"/>
     <w:rsid w:val="00602980"/>
     <w:rsid w:val="00603A09"/>
     <w:rsid w:val="00612EAE"/>
     <w:rsid w:val="00645B84"/>
     <w:rsid w:val="00646B12"/>
     <w:rsid w:val="006532D1"/>
     <w:rsid w:val="00654C42"/>
     <w:rsid w:val="00680313"/>
     <w:rsid w:val="00680F22"/>
     <w:rsid w:val="0068107E"/>
+    <w:rsid w:val="00686AA6"/>
     <w:rsid w:val="00691012"/>
     <w:rsid w:val="0069160B"/>
+    <w:rsid w:val="0069501E"/>
     <w:rsid w:val="006A2122"/>
     <w:rsid w:val="006B11C9"/>
     <w:rsid w:val="006C4B01"/>
     <w:rsid w:val="006D1B8A"/>
     <w:rsid w:val="006E38D3"/>
     <w:rsid w:val="00700C8D"/>
     <w:rsid w:val="00710FEC"/>
     <w:rsid w:val="007155AF"/>
     <w:rsid w:val="00727DEF"/>
     <w:rsid w:val="00750F9B"/>
     <w:rsid w:val="00773340"/>
     <w:rsid w:val="00782375"/>
+    <w:rsid w:val="00791D35"/>
     <w:rsid w:val="00793FD9"/>
     <w:rsid w:val="007957DC"/>
     <w:rsid w:val="00797B26"/>
     <w:rsid w:val="007A6F51"/>
     <w:rsid w:val="007C7C04"/>
     <w:rsid w:val="007D3530"/>
     <w:rsid w:val="007D378B"/>
     <w:rsid w:val="007E1E85"/>
     <w:rsid w:val="007E4C2A"/>
+    <w:rsid w:val="007E6869"/>
     <w:rsid w:val="007F7469"/>
     <w:rsid w:val="0080629F"/>
+    <w:rsid w:val="00807972"/>
     <w:rsid w:val="0081021A"/>
     <w:rsid w:val="00811636"/>
     <w:rsid w:val="00823761"/>
     <w:rsid w:val="00826468"/>
     <w:rsid w:val="00844897"/>
     <w:rsid w:val="008653CE"/>
     <w:rsid w:val="00866EEA"/>
     <w:rsid w:val="00867A2E"/>
+    <w:rsid w:val="00877821"/>
     <w:rsid w:val="008806EA"/>
     <w:rsid w:val="008922AD"/>
     <w:rsid w:val="008A403A"/>
     <w:rsid w:val="008A70DC"/>
     <w:rsid w:val="008B5AD8"/>
     <w:rsid w:val="008C21DC"/>
     <w:rsid w:val="008F0B69"/>
     <w:rsid w:val="008F27AA"/>
     <w:rsid w:val="008F3044"/>
     <w:rsid w:val="0091206B"/>
     <w:rsid w:val="00915521"/>
     <w:rsid w:val="00925FBE"/>
     <w:rsid w:val="00927313"/>
     <w:rsid w:val="0093567F"/>
     <w:rsid w:val="00937509"/>
     <w:rsid w:val="00943910"/>
     <w:rsid w:val="00960941"/>
     <w:rsid w:val="00973DF7"/>
     <w:rsid w:val="009A1F7E"/>
     <w:rsid w:val="009B226D"/>
     <w:rsid w:val="009C5504"/>
     <w:rsid w:val="009C6711"/>
     <w:rsid w:val="009D4B83"/>
     <w:rsid w:val="009E4F4D"/>
+    <w:rsid w:val="009F595B"/>
     <w:rsid w:val="00A5652F"/>
     <w:rsid w:val="00A63599"/>
     <w:rsid w:val="00A672C3"/>
     <w:rsid w:val="00A67CF1"/>
+    <w:rsid w:val="00A8676A"/>
     <w:rsid w:val="00A95539"/>
     <w:rsid w:val="00AA2419"/>
     <w:rsid w:val="00AC056B"/>
     <w:rsid w:val="00AC0E82"/>
     <w:rsid w:val="00AC3E1B"/>
     <w:rsid w:val="00AD470F"/>
     <w:rsid w:val="00AD7CAF"/>
     <w:rsid w:val="00AE0B69"/>
     <w:rsid w:val="00B00011"/>
     <w:rsid w:val="00B02DF5"/>
     <w:rsid w:val="00B25DBF"/>
     <w:rsid w:val="00B4663F"/>
     <w:rsid w:val="00B5290C"/>
     <w:rsid w:val="00B712E1"/>
     <w:rsid w:val="00B847B8"/>
     <w:rsid w:val="00B86315"/>
     <w:rsid w:val="00B910D3"/>
     <w:rsid w:val="00B9335E"/>
     <w:rsid w:val="00B95690"/>
     <w:rsid w:val="00BE0D59"/>
     <w:rsid w:val="00BF1732"/>
     <w:rsid w:val="00BF268F"/>
     <w:rsid w:val="00C078BF"/>
     <w:rsid w:val="00C411D2"/>
     <w:rsid w:val="00C50561"/>
     <w:rsid w:val="00C6551E"/>
     <w:rsid w:val="00C8061D"/>
     <w:rsid w:val="00CA032D"/>
     <w:rsid w:val="00CB4C75"/>
     <w:rsid w:val="00CC0B09"/>
     <w:rsid w:val="00CC48E2"/>
     <w:rsid w:val="00CD3EF5"/>
     <w:rsid w:val="00CD6104"/>
     <w:rsid w:val="00CF1B7B"/>
     <w:rsid w:val="00CF2EF6"/>
     <w:rsid w:val="00CF30F9"/>
     <w:rsid w:val="00CF5433"/>
     <w:rsid w:val="00D0486A"/>
     <w:rsid w:val="00D06A13"/>
     <w:rsid w:val="00D10096"/>
     <w:rsid w:val="00D227E6"/>
     <w:rsid w:val="00D22A50"/>
     <w:rsid w:val="00D22DB9"/>
     <w:rsid w:val="00D314EB"/>
     <w:rsid w:val="00D33925"/>
     <w:rsid w:val="00D522AA"/>
     <w:rsid w:val="00D6537E"/>
     <w:rsid w:val="00D83D61"/>
     <w:rsid w:val="00D9460E"/>
+    <w:rsid w:val="00DA253D"/>
     <w:rsid w:val="00DA45A7"/>
+    <w:rsid w:val="00DB5230"/>
     <w:rsid w:val="00DB772D"/>
     <w:rsid w:val="00DC338F"/>
     <w:rsid w:val="00DD121A"/>
     <w:rsid w:val="00DE557A"/>
     <w:rsid w:val="00DE6927"/>
     <w:rsid w:val="00DF66E5"/>
     <w:rsid w:val="00E01AA2"/>
     <w:rsid w:val="00E06388"/>
     <w:rsid w:val="00E108E8"/>
+    <w:rsid w:val="00E17441"/>
     <w:rsid w:val="00E24243"/>
     <w:rsid w:val="00E3041D"/>
     <w:rsid w:val="00E33D57"/>
     <w:rsid w:val="00E4475C"/>
     <w:rsid w:val="00E52ED2"/>
     <w:rsid w:val="00E63BD6"/>
     <w:rsid w:val="00E90004"/>
     <w:rsid w:val="00E90852"/>
     <w:rsid w:val="00EA059A"/>
     <w:rsid w:val="00EA4FE5"/>
     <w:rsid w:val="00EB37B1"/>
     <w:rsid w:val="00EB6B6B"/>
+    <w:rsid w:val="00EE34E1"/>
     <w:rsid w:val="00EE5B2B"/>
     <w:rsid w:val="00F34AEF"/>
     <w:rsid w:val="00F57A28"/>
     <w:rsid w:val="00F63509"/>
     <w:rsid w:val="00F6603D"/>
     <w:rsid w:val="00F73D9E"/>
     <w:rsid w:val="00F76F98"/>
     <w:rsid w:val="00F97942"/>
     <w:rsid w:val="00FA1B40"/>
     <w:rsid w:val="00FA202B"/>
     <w:rsid w:val="00FA38DE"/>
     <w:rsid w:val="00FC306B"/>
     <w:rsid w:val="00FC4433"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -5956,75 +6049,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09057BDF-1365-E14F-9EAC-C4754C6D80B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1404</Words>
-  <Characters>8005</Characters>
+  <Words>1391</Words>
+  <Characters>7931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9391</CharactersWithSpaces>
+  <CharactersWithSpaces>9304</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chip Griffin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_06c72328-dea9-4aa4-8c21-1bb9517302d1_Enabled">
     <vt:lpwstr>true</vt:lpwstr>